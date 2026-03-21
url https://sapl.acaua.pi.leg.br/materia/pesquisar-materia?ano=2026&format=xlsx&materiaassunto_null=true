--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,126 +10,280 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="76">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de lei ordinária</t>
   </si>
   <si>
-    <t>https://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/83/projeto_de_lei_n_001.2026_autoriza_o_poder_executivo_municipal_a_promover_campanha_de_estimulo_a_arrecadacao_do_imposto_sobre_a_propriedade_predial_e_territorial_urbana_-_iptu._1.pdf</t>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/83/projeto_de_lei_n_001.2026_autoriza_o_poder_executivo_municipal_a_promover_campanha_de_estimulo_a_arrecadacao_do_imposto_sobre_a_propriedade_predial_e_territorial_urbana_-_iptu._1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2026, DE 05 DE JANEIRO DE 2026, que Autoriza o Poder Executivo Municipal a promover campanha de estímulo à arrecadação do Imposto sobre a Propriedade Predial e Territorial Urbana – IPTU, mediante a distribuição gratuita de prêmios, como meio de auxiliar a fiscalização e melhorar a arrecadação de tributos municipais, e dá outras providências</t>
   </si>
   <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/93/projeto_de_lei_n_002.2026_institui_o_estatuto_que_regulamenta_a_atuacao_da_guarda_municipal_de_acaua-pi_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 002/2026, que institui o estatuto que regulamenta a atuação da guarda municipal de Acauã-PI, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/95/projeto_de_lei_n_003.2026_dispoe_sobre_alteracao_do_piso_salarial_dos_profissionais_do_magisterio_publico_do_municipio_de_acaua__pi..pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 003/2026, que Dispõe sobre alteração do piso salarial dos profissionais do magistério público do Município de Acauã – PI, na forma que especifica</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>JOÃO DE DECA, ÍTALO BRENO</t>
+  </si>
+  <si>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/96/pl_praca_pedro.docx</t>
+  </si>
+  <si>
+    <t>Projeto de lei nº 004/2026, de autoria de Ítalo Breno Xavier da Rocha Campos e João José Filho, que dispõe sobre a denominação da Praça Pública localizada no Bairro Centro, no Município de Acauã do Piauí, com o nome de “Praça Pedro Elísio Barbosa Rodrigues”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de resolução</t>
+  </si>
+  <si>
+    <t>ARISTEU</t>
+  </si>
+  <si>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/99/projeto_de_resolucao_alteracao_do_valor_da_viap.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 001/2026, que altera dispositivo da resolução nº 004/2025, que dispõe sobre a VIAP do município de Acauã-PI, e dá outras providencias – Aristeu Augusto Barbosa;</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>ÍTALO BRENO</t>
+  </si>
+  <si>
+    <t>http://sapl.acaua.pi.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Requerimento nº 001/2026, que dispõe sobre solicitação de título de cidadão acauãnense a Adailson da Silva Damasceno - Ítalo Breno Xavier da Rocha Campos</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Requerimento nº 002/2026, que dispõe sobre solicitação de título de cidadão acauãnense a Manoel Querino dos Santos - Ítalo Breno Xavier da Rocha Campos</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Requerimento nº 003/2026, que dispõe sobre solicitação de título de cidadão acauãnense a Zito Miranda de Souza - Ítalo Breno Xavier da Rocha Campos</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>JOÃO DE DECA</t>
+  </si>
+  <si>
+    <t>Requerimento nº 004/2026, que pede ao Poder Executivo Municipal, às informações sobre os devidos pagamentos dos 1/3º de férias aos aprovados no teste seletivo simplificado Edital nº 001/2025, e dá outras providências - João José Filho.</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Requerimento nº 004/2026, que pede ao Poder Executivo Municipal, às informações sobre a lotação de todos os aprovados no teste seletivo simplificado Edital 001/2025, e dá outras providências - João José Filho</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Requerimento nº 006/2026, que requer ao Poder Executivo Municipal a realização de serviços de limpeza e aberturas de ruas, com máquinas e_x000D_
+retirada de entulhos em todas as ruas não pavimentadas do município – João José Filho;</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>ISA RODRIGUES</t>
+  </si>
+  <si>
+    <t>Requerimento nº 007/2026, que solicita providências para melhoria de estrada vicinal no Baixio da Manga – Isaulina Teresinha Rodrigues;</t>
+  </si>
+  <si>
     <t>84</t>
   </si>
   <si>
     <t>PCCJ</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/84/parecer_comissao_de_constituicao_e_justica_-_iptu_premiado..pdf</t>
+    <t>http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/84/parecer_comissao_de_constituicao_e_justica_-_iptu_premiado..pdf</t>
   </si>
   <si>
     <t>PARACER DA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA, LEGISLAÇÃO, REDAÇÃO DE LEIS E_x000D_
 URBANISMO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.acaua.pi.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Emenda modificativa nº 001/2026 de autoria da CCJ.</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>CAL</t>
+  </si>
+  <si>
+    <t>Calendário</t>
+  </si>
+  <si>
+    <t>Calendário de Sessões Ordinárias para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>CJLRU</t>
+  </si>
+  <si>
+    <t>Parecer da Com. de Const. Just. Legis. Red. e Urb.</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição, Justiça, Legislação, Redação de Leis e Urbanismo ao Projeto de Lei nº 003/2026;</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição, Justiça, Legislação, Redação de Leis e Urbanismo ao Projeto de Lei nº 002/2026;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -433,68 +587,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/83/projeto_de_lei_n_001.2026_autoriza_o_poder_executivo_municipal_a_promover_campanha_de_estimulo_a_arrecadacao_do_imposto_sobre_a_propriedade_predial_e_territorial_urbana_-_iptu._1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/84/parecer_comissao_de_constituicao_e_justica_-_iptu_premiado..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.acaua.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/83/projeto_de_lei_n_001.2026_autoriza_o_poder_executivo_municipal_a_promover_campanha_de_estimulo_a_arrecadacao_do_imposto_sobre_a_propriedade_predial_e_territorial_urbana_-_iptu._1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/93/projeto_de_lei_n_002.2026_institui_o_estatuto_que_regulamenta_a_atuacao_da_guarda_municipal_de_acaua-pi_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/95/projeto_de_lei_n_003.2026_dispoe_sobre_alteracao_do_piso_salarial_dos_profissionais_do_magisterio_publico_do_municipio_de_acaua__pi..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/96/pl_praca_pedro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/99/projeto_de_resolucao_alteracao_do_valor_da_viap.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/sapl/public/materialegislativa/2026/84/parecer_comissao_de_constituicao_e_justica_-_iptu_premiado..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.acaua.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="43.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="244.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="44" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="244" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -511,93 +665,456 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>10</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="H4" t="s">
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>